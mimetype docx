--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -800,127 +800,142 @@
               <w:t xml:space="preserve">n </w:t>
             </w:r>
             <w:r w:rsidR="00561D22">
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4423E895" w14:textId="77777777" w:rsidR="006E6D61" w:rsidRPr="00CF3DE9" w:rsidRDefault="006E6D61" w:rsidP="00950312"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561D22" w:rsidRPr="00CF3DE9" w14:paraId="4A7FBB49" w14:textId="77777777" w:rsidTr="007635E8">
         <w:trPr>
           <w:trHeight w:val="531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78BEC5C0" w14:textId="4BAAB88A" w:rsidR="0030610C" w:rsidRDefault="00561D22" w:rsidP="007635E8">
+          <w:p w14:paraId="78BEC5C0" w14:textId="7047B37D" w:rsidR="0030610C" w:rsidRDefault="00561D22" w:rsidP="007635E8">
             <w:r>
               <w:t>Project</w:t>
+            </w:r>
+            <w:r w:rsidR="00845DF1">
+              <w:t>/Activity</w:t>
             </w:r>
             <w:r w:rsidR="00D52F67">
               <w:t xml:space="preserve"> Summary</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B5475E" w14:textId="77777777" w:rsidR="00561D22" w:rsidRPr="00CF3DE9" w:rsidRDefault="00561D22" w:rsidP="00950312"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00542ED9" w:rsidRPr="00CF3DE9" w14:paraId="32B54D3F" w14:textId="77777777" w:rsidTr="007635E8">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB99150" w14:textId="4F6AA90B" w:rsidR="00542ED9" w:rsidRDefault="00542ED9" w:rsidP="007635E8">
+          <w:p w14:paraId="7AB99150" w14:textId="7E08973E" w:rsidR="00542ED9" w:rsidRDefault="00542ED9" w:rsidP="007635E8">
             <w:r>
-              <w:t xml:space="preserve">Does this project meet the </w:t>
+              <w:t xml:space="preserve">Does this </w:t>
+            </w:r>
+            <w:r w:rsidR="003200B2">
+              <w:t xml:space="preserve">application </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">meet the </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00466FB3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Locality Awards Guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002622B5">
               <w:t xml:space="preserve">and help the </w:t>
             </w:r>
             <w:r w:rsidR="002F3953">
               <w:t>applicant benefit the wider community?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C08A52C" w14:textId="0EA71B08" w:rsidR="00542ED9" w:rsidRPr="00CF3DE9" w:rsidRDefault="00542ED9" w:rsidP="00950312">
             <w:r>
               <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00905C64" w:rsidRPr="00CF3DE9" w14:paraId="4D94A532" w14:textId="77777777" w:rsidTr="007635E8">
         <w:trPr>
           <w:trHeight w:val="2841"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="200A198F" w14:textId="54589975" w:rsidR="00905C64" w:rsidRDefault="00905C64" w:rsidP="00905C64">
+          <w:p w14:paraId="200A198F" w14:textId="61C97257" w:rsidR="00905C64" w:rsidRDefault="00905C64" w:rsidP="00905C64">
             <w:r>
-              <w:t>Why are you supporting this project?</w:t>
+              <w:t xml:space="preserve">Why are you supporting this </w:t>
+            </w:r>
+            <w:r w:rsidR="00143DF1">
+              <w:t>application</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3DE9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E834902" w14:textId="77777777" w:rsidR="00905C64" w:rsidRDefault="00905C64" w:rsidP="00905C64"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00905C64" w:rsidRPr="00CF3DE9" w14:paraId="32A7B784" w14:textId="77777777" w:rsidTr="006F4246">
         <w:trPr>
           <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3397" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6572CA07" w14:textId="158DB3BA" w:rsidR="00905C64" w:rsidRDefault="00905C64" w:rsidP="00905C64">
             <w:pPr>
               <w:rPr>
@@ -1301,193 +1316,187 @@
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26BE467E" w14:textId="172DC808" w:rsidR="00985300" w:rsidRPr="00CF3DE9" w:rsidRDefault="00985300" w:rsidP="007635E8">
             <w:r>
               <w:t>Organisation</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3DE9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF3DE9">
               <w:t>ame</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1630E907" w14:textId="5ABB1C01" w:rsidR="00985300" w:rsidRPr="00CF3DE9" w:rsidRDefault="00985300" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985300" w:rsidRPr="00CF3DE9" w14:paraId="29158AA3" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F69E60" w14:textId="29FCBF3A" w:rsidR="00985300" w:rsidRDefault="00985300" w:rsidP="007635E8">
             <w:r>
               <w:t>Contact Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="428951D7" w14:textId="3C57F44C" w:rsidR="00985300" w:rsidRPr="00CF3DE9" w:rsidRDefault="00985300" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985300" w:rsidRPr="00CF3DE9" w14:paraId="7D08DE27" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1362AF79" w14:textId="41F40624" w:rsidR="00985300" w:rsidRDefault="00985300" w:rsidP="007635E8">
             <w:r>
               <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E5A572" w14:textId="77777777" w:rsidR="00985300" w:rsidRPr="00CF3DE9" w:rsidRDefault="00985300" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00985300" w:rsidRPr="00CF3DE9" w14:paraId="2BDA9C35" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583F72E8" w14:textId="790883D9" w:rsidR="00985300" w:rsidRDefault="00985300" w:rsidP="007635E8">
             <w:r>
               <w:t>Contact Position (i.e., Treasurer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A62D037" w14:textId="77777777" w:rsidR="00985300" w:rsidRPr="00CF3DE9" w:rsidRDefault="00985300" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C7088" w:rsidRPr="00CF3DE9" w14:paraId="3595A9F6" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55FE31CE" w14:textId="74A6A1C6" w:rsidR="000C7088" w:rsidRDefault="000C7088" w:rsidP="007635E8">
             <w:r>
               <w:t>Contact Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3104" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C988E6" w14:textId="77777777" w:rsidR="000C7088" w:rsidRPr="00CF3DE9" w:rsidRDefault="000C7088" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E600C8" w:rsidRPr="00CF3DE9" w14:paraId="64180FDB" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="1550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E7C134" w14:textId="77777777" w:rsidR="00E600C8" w:rsidRDefault="00E600C8" w:rsidP="007635E8">
             <w:r>
               <w:t>Organisation Address:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DEB9E10" w14:textId="77777777" w:rsidR="00E600C8" w:rsidRDefault="00E600C8" w:rsidP="007635E8"/>
           <w:p w14:paraId="78EDEE5E" w14:textId="07487057" w:rsidR="00E600C8" w:rsidRDefault="00E600C8" w:rsidP="007635E8">
             <w:r w:rsidRPr="00E600C8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If your project is taking place in a different location to your organisation address, please provide that address instead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D2ABDD" w14:textId="77777777" w:rsidR="00E600C8" w:rsidRPr="00CF3DE9" w:rsidRDefault="00E600C8" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D3D2D61" w14:textId="5FDB1C80" w:rsidR="00D868D1" w:rsidRPr="00CA11DB" w:rsidRDefault="00AA586A" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:t>Governance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="5228"/>
       </w:tblGrid>
       <w:tr w:rsidR="00704A4C" w14:paraId="0C8F2A1F" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
@@ -1664,53 +1673,59 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="399426EE" w14:textId="3A9DBA53" w:rsidR="003B1EF1" w:rsidRPr="00CA11DB" w:rsidRDefault="003B1EF1" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:t>Project Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA586A" w14:paraId="4ED0130E" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7559F94F" w14:textId="23EDC526" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AA586A">
+          <w:p w14:paraId="7559F94F" w14:textId="0D90F8A5" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AA586A">
             <w:r>
-              <w:t>What is the project, and what will the funding be spent on?</w:t>
+              <w:t>What is the project</w:t>
+            </w:r>
+            <w:r w:rsidR="008A5027">
+              <w:t xml:space="preserve"> or activity</w:t>
+            </w:r>
+            <w:r>
+              <w:t>, and what will the funding be spent on?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27F454D5" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AA586A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="379E4BD6" w14:textId="42300144" w:rsidR="00AA586A" w:rsidRPr="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AA586A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA586A">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1739,215 +1754,230 @@
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:t>Community Need</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA586A" w:rsidRPr="00AA586A" w14:paraId="19760233" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65661D11" w14:textId="4C7D09BD" w:rsidR="00AA586A" w:rsidRPr="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="007635E8">
+          <w:p w14:paraId="65661D11" w14:textId="1E794D4B" w:rsidR="00AA586A" w:rsidRPr="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="007635E8">
             <w:r>
-              <w:t>How have you identified the need for this project?</w:t>
+              <w:t>How have you identified the need for this project</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA67E3">
+              <w:t>/activity</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA586A" w14:paraId="6C61A70C" w14:textId="77777777" w:rsidTr="00AF05D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F3F1D04" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="13490F07" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="74D23A95" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="401E6B6D" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="4F99DA4A" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="6A0C13D4" w14:textId="77777777" w:rsidR="00420725" w:rsidRDefault="00420725" w:rsidP="00AF05D0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AB5B5FA" w14:textId="33AF5822" w:rsidR="00AA586A" w:rsidRPr="00CA11DB" w:rsidRDefault="00AA586A" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:lastRenderedPageBreak/>
         <w:t>Community Benefits</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10456"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA586A" w:rsidRPr="00AA586A" w14:paraId="58A37710" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F68044" w14:textId="600F6CF5" w:rsidR="00AA586A" w:rsidRPr="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="007635E8">
+          <w:p w14:paraId="31F68044" w14:textId="48C93C70" w:rsidR="00AA586A" w:rsidRPr="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="007635E8">
             <w:r w:rsidRPr="00AA586A">
-              <w:t xml:space="preserve">What difference will this project make to your community? </w:t>
+              <w:t>What difference will this project</w:t>
+            </w:r>
+            <w:r w:rsidR="006B77C4">
+              <w:t>/activity</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA586A">
+              <w:t xml:space="preserve"> make to your community? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA586A" w14:paraId="57810A1D" w14:textId="77777777" w:rsidTr="00AF05D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="121B754C" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="426FA38D" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="4FE221E0" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="313A7D6C" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="3EA5C8F2" w14:textId="77777777" w:rsidR="00420725" w:rsidRDefault="00420725" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="2BEA530E" w14:textId="77777777" w:rsidR="00AA586A" w:rsidRDefault="00AA586A" w:rsidP="00AF05D0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="661475F4" w14:textId="67F01B98" w:rsidR="003B1EF1" w:rsidRPr="00CA11DB" w:rsidRDefault="003B1EF1" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:t>Project Timeline</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
       </w:tblGrid>
       <w:tr w:rsidR="000674EE" w14:paraId="417F2F5A" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C58C135" w14:textId="3A482D1B" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8">
+          <w:p w14:paraId="61054D9F" w14:textId="77777777" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8">
             <w:r>
-              <w:t xml:space="preserve">Estimated project start date: </w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t xml:space="preserve">Estimated start date: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C58C135" w14:textId="3ADA5D62" w:rsidR="002B55EE" w:rsidRDefault="002B55EE" w:rsidP="007635E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F8FE0B" w14:textId="77777777" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3236EC80" w14:textId="77777777" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8">
+          <w:p w14:paraId="23B3E9D3" w14:textId="77777777" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8">
             <w:r>
-              <w:t>Estimate project end date:</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Estimate</w:t>
+            </w:r>
+            <w:r w:rsidR="006B77C4">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> end date:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3236EC80" w14:textId="186A1405" w:rsidR="002B55EE" w:rsidRDefault="002B55EE" w:rsidP="007635E8"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="001BB1C3" w14:textId="77777777" w:rsidR="000674EE" w:rsidRDefault="000674EE" w:rsidP="007635E8"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4668F4F7" w14:textId="07CE0DC8" w:rsidR="003B1EF1" w:rsidRPr="00CA11DB" w:rsidRDefault="003B1EF1" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
         <w:t>Costs</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5228"/>
         <w:gridCol w:w="2705"/>
         <w:gridCol w:w="2523"/>
       </w:tblGrid>
       <w:tr w:rsidR="0006648A" w14:paraId="639415B0" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0E919B" w14:textId="12EEBFA5" w:rsidR="0006648A" w:rsidRDefault="0006648A" w:rsidP="00DA79F3">
+          <w:p w14:paraId="541ACCCF" w14:textId="77777777" w:rsidR="00B44CF1" w:rsidRDefault="00B44CF1" w:rsidP="00B44CF1">
             <w:r>
-              <w:t>Please provide a breakdown of project cost</w:t>
-[...2 lines deleted...]
-              <w:t>s</w:t>
+              <w:t>Please provide a breakdown of the costs associated with delivering your project or activity</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2D02EB" w14:textId="77777777" w:rsidR="00DD1B4D" w:rsidRDefault="00DD1B4D" w:rsidP="00DA79F3"/>
           <w:p w14:paraId="5E660DD9" w14:textId="3B31F758" w:rsidR="00DD1B4D" w:rsidRPr="00DD1B4D" w:rsidRDefault="00DD1B4D" w:rsidP="00DA79F3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD1B4D">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>If your application is for running costs, please detail</w:t>
             </w:r>
             <w:r w:rsidR="00182CEF">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
@@ -2193,94 +2223,96 @@
           <w:p w14:paraId="2E836AB6" w14:textId="77777777" w:rsidR="0006648A" w:rsidRDefault="0006648A" w:rsidP="00196627"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A18DF4" w14:textId="77777777" w:rsidR="0006648A" w:rsidRDefault="0006648A" w:rsidP="00196627">
             <w:r>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0006648A" w:rsidRPr="00406169" w14:paraId="6723701B" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBDAE83" w14:textId="61BF71FC" w:rsidR="00675162" w:rsidRDefault="0006648A" w:rsidP="00196627">
+          <w:p w14:paraId="03801744" w14:textId="77777777" w:rsidR="00675162" w:rsidRDefault="0006648A" w:rsidP="00196627">
             <w:r>
-              <w:t>Overall project cost</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Overall cost</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBDAE83" w14:textId="258125C3" w:rsidR="00B44CF1" w:rsidRDefault="00B44CF1" w:rsidP="00196627"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40DC8692" w14:textId="77777777" w:rsidR="0006648A" w:rsidRPr="00406169" w:rsidRDefault="0006648A" w:rsidP="00196627">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00406169">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0006648A" w:rsidRPr="00406169" w14:paraId="4862169E" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5590B4E4" w14:textId="1888501C" w:rsidR="00675162" w:rsidRDefault="0006648A" w:rsidP="00196627">
+          <w:p w14:paraId="5070A8E7" w14:textId="77777777" w:rsidR="00675162" w:rsidRDefault="0006648A" w:rsidP="00196627">
             <w:r>
               <w:t>How much are you applying for?</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5590B4E4" w14:textId="1888501C" w:rsidR="00B44CF1" w:rsidRDefault="00B44CF1" w:rsidP="00196627"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B787D0D" w14:textId="77777777" w:rsidR="0006648A" w:rsidRPr="00406169" w:rsidRDefault="0006648A" w:rsidP="00196627">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00406169">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800B8B" w:rsidRPr="00406169" w14:paraId="1AFFF8D5" w14:textId="77777777" w:rsidTr="00A3719E">
@@ -2346,114 +2378,116 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47344469" w14:textId="45FC2B4B" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00196627">
             <w:r>
               <w:t>How do you hold the land or buildings at present? Please specify Leasehold or Freehold</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D1106E" w14:paraId="092348DD" w14:textId="77777777" w:rsidTr="00AF05D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6F545EAB" w14:textId="77777777" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00AF05D0"/>
           <w:p w14:paraId="12C0CA73" w14:textId="77777777" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00AF05D0"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D1106E" w14:paraId="2E888329" w14:textId="77777777" w:rsidTr="00A3719E">
+      <w:tr w:rsidR="00D1106E" w14:paraId="2E888329" w14:textId="77777777" w:rsidTr="004400E7">
         <w:trPr>
-          <w:trHeight w:val="1402"/>
+          <w:trHeight w:val="828"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29AF0AC5" w14:textId="0B72053B" w:rsidR="00D1106E" w:rsidRDefault="004C14C5" w:rsidP="00196627">
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00D1106E">
               <w:t>f leasehold, please state the name and address of the owner as well as the expiry date of the lease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3D0228" w14:textId="77777777" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00196627"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D1106E" w14:paraId="328D3F5A" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:trPr>
           <w:trHeight w:val="668"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="512AA4A9" w14:textId="2BCBD33F" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00196627">
+          <w:p w14:paraId="37C03F9C" w14:textId="77777777" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00196627">
             <w:r>
               <w:t xml:space="preserve">Have you secured Planning Permission </w:t>
             </w:r>
             <w:r w:rsidR="004C14C5">
               <w:t>and/</w:t>
             </w:r>
             <w:r>
               <w:t>or Buildings Regulation approval?</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="512AA4A9" w14:textId="2BCBD33F" w:rsidR="002D208B" w:rsidRDefault="002D208B" w:rsidP="00196627"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BFBB64B" w14:textId="77777777" w:rsidR="00D1106E" w:rsidRDefault="00D1106E" w:rsidP="00196627"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5AF9F59F" w14:textId="77777777" w:rsidR="006F2FF0" w:rsidRPr="006F2FF0" w:rsidRDefault="006F2FF0" w:rsidP="006F2FF0"/>
     <w:p w14:paraId="4341F21A" w14:textId="360FD0A1" w:rsidR="003B1EF1" w:rsidRPr="00CA11DB" w:rsidRDefault="003B1EF1" w:rsidP="00A3719E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA11DB">
+        <w:lastRenderedPageBreak/>
         <w:t>Account Details and Declaration</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="2823"/>
         <w:gridCol w:w="2614"/>
         <w:gridCol w:w="2614"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E279B0" w14:paraId="50B2ECA7" w14:textId="77777777" w:rsidTr="00A3719E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="015E2F47" w14:textId="1548749D" w:rsidR="00DE4506" w:rsidRDefault="00E279B0" w:rsidP="00DE4506">
             <w:bookmarkStart w:id="3" w:name="_Hlk69395384"/>
             <w:r w:rsidRPr="00CF3DE9">
@@ -2503,51 +2537,50 @@
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DFEE4AB" w14:textId="6AF8A765" w:rsidR="00DE4506" w:rsidRPr="0000347F" w:rsidRDefault="00DE4506" w:rsidP="00196627">
             <w:pPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Account N</w:t>
             </w:r>
             <w:r w:rsidR="00DB1C33">
               <w:t>umber</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2823" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54952F2D" w14:textId="3D1BC881" w:rsidR="00A23DFB" w:rsidRDefault="00A23DFB" w:rsidP="00196627"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A3FBC44" w14:textId="6FE1B3BA" w:rsidR="00A23DFB" w:rsidRPr="00F73446" w:rsidRDefault="00F73446" w:rsidP="00196627">
             <w:r>
               <w:t>Sort Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2614" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="230D340B" w14:textId="6DF113E5" w:rsidR="00A23DFB" w:rsidRPr="003D1F7E" w:rsidRDefault="00A23DFB" w:rsidP="00196627"/>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -3380,109 +3413,109 @@
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Privacy Policy - Mid Suffolk District Council - babergh.gov.uk / midsuffolk.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3610F2BD" w14:textId="77777777" w:rsidR="001A16F2" w:rsidRPr="00CF3DE9" w:rsidRDefault="001A16F2" w:rsidP="00950312"/>
     <w:sectPr w:rsidR="001A16F2" w:rsidRPr="00CF3DE9" w:rsidSect="002159B8">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="1304" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58296BD1" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832" w:rsidP="00950312">
+    <w:p w14:paraId="49666F99" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB" w:rsidP="00950312">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2921BE21" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832" w:rsidP="00950312">
+    <w:p w14:paraId="5B1A3AFB" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB" w:rsidP="00950312">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="07B54FCB" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832">
+    <w:p w14:paraId="2522F518" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -3635,65 +3668,65 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4F80C6E3" w14:textId="5D753AAE" w:rsidR="002C6F82" w:rsidRDefault="002C6F82" w:rsidP="00950312">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C56A600" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832" w:rsidP="00950312">
+    <w:p w14:paraId="6EF4D8CA" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB" w:rsidP="00950312">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C8CB349" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832" w:rsidP="00950312">
+    <w:p w14:paraId="6CFA95D4" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB" w:rsidP="00950312">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4D8F1F51" w14:textId="77777777" w:rsidR="00E52832" w:rsidRDefault="00E52832">
+    <w:p w14:paraId="56F89679" w14:textId="77777777" w:rsidR="00017CFB" w:rsidRDefault="00017CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48D0CED6" w14:textId="4105BF5E" w:rsidR="003E44D9" w:rsidRPr="003E44D9" w:rsidRDefault="00EC1ADE" w:rsidP="00A3719E">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38BD1EE6" wp14:editId="5D2E3D9E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
@@ -5663,285 +5696,302 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E44D9"/>
     <w:rsid w:val="0000347F"/>
     <w:rsid w:val="00007886"/>
     <w:rsid w:val="00010C0D"/>
     <w:rsid w:val="000124C4"/>
     <w:rsid w:val="00014F55"/>
+    <w:rsid w:val="00017CFB"/>
     <w:rsid w:val="00026BA2"/>
     <w:rsid w:val="00032508"/>
+    <w:rsid w:val="00032F59"/>
     <w:rsid w:val="0004614C"/>
     <w:rsid w:val="00046EEB"/>
     <w:rsid w:val="000474A7"/>
     <w:rsid w:val="000474C0"/>
     <w:rsid w:val="0005752B"/>
     <w:rsid w:val="00061653"/>
     <w:rsid w:val="0006648A"/>
     <w:rsid w:val="000674EE"/>
     <w:rsid w:val="00077D9A"/>
     <w:rsid w:val="00093D8D"/>
     <w:rsid w:val="00097C41"/>
     <w:rsid w:val="000A163B"/>
     <w:rsid w:val="000A19EA"/>
     <w:rsid w:val="000A686D"/>
     <w:rsid w:val="000A7D79"/>
     <w:rsid w:val="000B32D3"/>
     <w:rsid w:val="000B4CDC"/>
     <w:rsid w:val="000C0D3D"/>
     <w:rsid w:val="000C5C29"/>
     <w:rsid w:val="000C7088"/>
     <w:rsid w:val="000C7AFA"/>
     <w:rsid w:val="000D443E"/>
     <w:rsid w:val="000D5F22"/>
     <w:rsid w:val="000F2984"/>
     <w:rsid w:val="000F43F4"/>
     <w:rsid w:val="00107130"/>
     <w:rsid w:val="00107DA9"/>
     <w:rsid w:val="001154E0"/>
     <w:rsid w:val="00127C4F"/>
     <w:rsid w:val="0013020C"/>
+    <w:rsid w:val="00143DF1"/>
     <w:rsid w:val="0015706F"/>
     <w:rsid w:val="00157CD3"/>
     <w:rsid w:val="0016091B"/>
     <w:rsid w:val="00171A79"/>
     <w:rsid w:val="00173EBE"/>
     <w:rsid w:val="0017412E"/>
     <w:rsid w:val="001810B8"/>
     <w:rsid w:val="00182CEF"/>
     <w:rsid w:val="00196627"/>
     <w:rsid w:val="001A16F2"/>
     <w:rsid w:val="001B5E67"/>
+    <w:rsid w:val="001B686E"/>
     <w:rsid w:val="001D41DB"/>
     <w:rsid w:val="001E41E6"/>
     <w:rsid w:val="001E6865"/>
     <w:rsid w:val="001E7064"/>
     <w:rsid w:val="001F6CCD"/>
     <w:rsid w:val="0020092B"/>
     <w:rsid w:val="0020108D"/>
     <w:rsid w:val="00212089"/>
     <w:rsid w:val="00212CBA"/>
     <w:rsid w:val="00213BDF"/>
     <w:rsid w:val="002159B8"/>
     <w:rsid w:val="002200B1"/>
     <w:rsid w:val="00221FD3"/>
     <w:rsid w:val="00225306"/>
     <w:rsid w:val="00233A81"/>
     <w:rsid w:val="002476E5"/>
     <w:rsid w:val="00251F7A"/>
     <w:rsid w:val="00252C64"/>
     <w:rsid w:val="00254D65"/>
     <w:rsid w:val="002602D3"/>
     <w:rsid w:val="00260E4E"/>
     <w:rsid w:val="00261153"/>
     <w:rsid w:val="002622B5"/>
     <w:rsid w:val="00265491"/>
     <w:rsid w:val="0028301F"/>
     <w:rsid w:val="002859B4"/>
     <w:rsid w:val="00286A4B"/>
     <w:rsid w:val="00297085"/>
     <w:rsid w:val="00297F7B"/>
     <w:rsid w:val="002A1E01"/>
     <w:rsid w:val="002A62F7"/>
     <w:rsid w:val="002B048D"/>
+    <w:rsid w:val="002B55EE"/>
     <w:rsid w:val="002C6F82"/>
+    <w:rsid w:val="002D208B"/>
     <w:rsid w:val="002D3E37"/>
     <w:rsid w:val="002E055C"/>
     <w:rsid w:val="002F3953"/>
     <w:rsid w:val="002F4C82"/>
     <w:rsid w:val="0030610C"/>
+    <w:rsid w:val="003200B2"/>
     <w:rsid w:val="00325F5F"/>
     <w:rsid w:val="00333A20"/>
     <w:rsid w:val="00333C16"/>
     <w:rsid w:val="003343B1"/>
     <w:rsid w:val="0036042B"/>
     <w:rsid w:val="003611A2"/>
     <w:rsid w:val="00362583"/>
     <w:rsid w:val="00370E32"/>
     <w:rsid w:val="0037156F"/>
     <w:rsid w:val="003725A7"/>
     <w:rsid w:val="00385341"/>
     <w:rsid w:val="00395B34"/>
     <w:rsid w:val="00396B3B"/>
     <w:rsid w:val="003A3BDF"/>
     <w:rsid w:val="003A4472"/>
     <w:rsid w:val="003A61FD"/>
     <w:rsid w:val="003B1EF1"/>
     <w:rsid w:val="003B76C5"/>
     <w:rsid w:val="003C6310"/>
     <w:rsid w:val="003D1F7E"/>
     <w:rsid w:val="003E404E"/>
     <w:rsid w:val="003E44D9"/>
     <w:rsid w:val="003E660F"/>
+    <w:rsid w:val="004070A7"/>
     <w:rsid w:val="00411BB5"/>
     <w:rsid w:val="00420725"/>
     <w:rsid w:val="0042298C"/>
     <w:rsid w:val="004244F9"/>
     <w:rsid w:val="004263FE"/>
     <w:rsid w:val="00427BE6"/>
     <w:rsid w:val="004317BF"/>
+    <w:rsid w:val="004400E7"/>
     <w:rsid w:val="00452336"/>
     <w:rsid w:val="00453DF9"/>
     <w:rsid w:val="00461EE2"/>
     <w:rsid w:val="00466FB3"/>
     <w:rsid w:val="00467AC1"/>
     <w:rsid w:val="00471761"/>
     <w:rsid w:val="00483620"/>
     <w:rsid w:val="00483D62"/>
     <w:rsid w:val="00485438"/>
     <w:rsid w:val="0048734F"/>
     <w:rsid w:val="004A1C5D"/>
     <w:rsid w:val="004A4456"/>
     <w:rsid w:val="004B4C64"/>
     <w:rsid w:val="004C14C5"/>
     <w:rsid w:val="004C4D8E"/>
     <w:rsid w:val="004C5CC7"/>
     <w:rsid w:val="004E1E79"/>
     <w:rsid w:val="004E6D60"/>
     <w:rsid w:val="004F2CFF"/>
     <w:rsid w:val="004F3D46"/>
     <w:rsid w:val="004F59D1"/>
     <w:rsid w:val="004F6887"/>
     <w:rsid w:val="00507482"/>
     <w:rsid w:val="00510A23"/>
     <w:rsid w:val="00516AD6"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="00525552"/>
     <w:rsid w:val="0053354B"/>
     <w:rsid w:val="00534388"/>
     <w:rsid w:val="0054240B"/>
     <w:rsid w:val="00542ED9"/>
     <w:rsid w:val="00561D22"/>
     <w:rsid w:val="00564FDF"/>
     <w:rsid w:val="0057367D"/>
     <w:rsid w:val="005905C5"/>
     <w:rsid w:val="00590D11"/>
     <w:rsid w:val="0059291D"/>
     <w:rsid w:val="005A5997"/>
     <w:rsid w:val="005C11C7"/>
     <w:rsid w:val="005D0A8E"/>
     <w:rsid w:val="005E245E"/>
+    <w:rsid w:val="005F5450"/>
     <w:rsid w:val="005F5594"/>
     <w:rsid w:val="00620992"/>
     <w:rsid w:val="006211F0"/>
     <w:rsid w:val="00625C0A"/>
     <w:rsid w:val="00645199"/>
     <w:rsid w:val="00647A8A"/>
     <w:rsid w:val="006505B8"/>
     <w:rsid w:val="00650E3E"/>
     <w:rsid w:val="0066261A"/>
     <w:rsid w:val="00662885"/>
     <w:rsid w:val="00675162"/>
     <w:rsid w:val="0067608D"/>
     <w:rsid w:val="00680CB2"/>
     <w:rsid w:val="00681BAF"/>
     <w:rsid w:val="00693513"/>
     <w:rsid w:val="006950F2"/>
+    <w:rsid w:val="00697706"/>
     <w:rsid w:val="006B2D75"/>
+    <w:rsid w:val="006B77C4"/>
     <w:rsid w:val="006D3B41"/>
     <w:rsid w:val="006D3EE8"/>
     <w:rsid w:val="006D7CD8"/>
     <w:rsid w:val="006D7EF6"/>
     <w:rsid w:val="006E6D61"/>
     <w:rsid w:val="006F2FF0"/>
     <w:rsid w:val="006F4246"/>
     <w:rsid w:val="00704628"/>
     <w:rsid w:val="00704A4C"/>
     <w:rsid w:val="00707155"/>
     <w:rsid w:val="00717048"/>
     <w:rsid w:val="00717363"/>
     <w:rsid w:val="00722B56"/>
     <w:rsid w:val="007267DD"/>
     <w:rsid w:val="00731EB0"/>
     <w:rsid w:val="007326C2"/>
     <w:rsid w:val="00743ECA"/>
     <w:rsid w:val="00750AFF"/>
     <w:rsid w:val="007635E8"/>
     <w:rsid w:val="0076411F"/>
     <w:rsid w:val="00770E17"/>
     <w:rsid w:val="00786602"/>
     <w:rsid w:val="00795DBB"/>
     <w:rsid w:val="007A1BEE"/>
+    <w:rsid w:val="007A1F5E"/>
     <w:rsid w:val="007C02BB"/>
     <w:rsid w:val="007D5ED6"/>
     <w:rsid w:val="007D6E1D"/>
     <w:rsid w:val="007E3688"/>
     <w:rsid w:val="007F60B0"/>
     <w:rsid w:val="00800B8B"/>
     <w:rsid w:val="00812815"/>
     <w:rsid w:val="008354F4"/>
     <w:rsid w:val="008410D9"/>
     <w:rsid w:val="00844DB2"/>
+    <w:rsid w:val="00845DF1"/>
     <w:rsid w:val="00845E5D"/>
+    <w:rsid w:val="008562BB"/>
     <w:rsid w:val="00864887"/>
     <w:rsid w:val="008707E0"/>
     <w:rsid w:val="00881CA5"/>
     <w:rsid w:val="00883C61"/>
     <w:rsid w:val="00891332"/>
     <w:rsid w:val="00893CDC"/>
     <w:rsid w:val="008940A6"/>
     <w:rsid w:val="0089504E"/>
     <w:rsid w:val="008975D9"/>
+    <w:rsid w:val="008A5027"/>
     <w:rsid w:val="008A6044"/>
     <w:rsid w:val="008B1345"/>
     <w:rsid w:val="008B3808"/>
     <w:rsid w:val="008C0EC3"/>
     <w:rsid w:val="008C1408"/>
     <w:rsid w:val="008C22EE"/>
     <w:rsid w:val="008C79B0"/>
     <w:rsid w:val="008D1280"/>
     <w:rsid w:val="008D2DB7"/>
     <w:rsid w:val="008D46F0"/>
     <w:rsid w:val="008D5C99"/>
     <w:rsid w:val="008D7B4C"/>
     <w:rsid w:val="008E5538"/>
     <w:rsid w:val="008E6452"/>
     <w:rsid w:val="008F00D7"/>
     <w:rsid w:val="00900023"/>
     <w:rsid w:val="00905C64"/>
     <w:rsid w:val="00926AE2"/>
     <w:rsid w:val="009322D2"/>
     <w:rsid w:val="00933CF4"/>
     <w:rsid w:val="00950312"/>
     <w:rsid w:val="00964406"/>
+    <w:rsid w:val="00964493"/>
     <w:rsid w:val="00970FF6"/>
     <w:rsid w:val="009749A9"/>
     <w:rsid w:val="009766AF"/>
     <w:rsid w:val="00985300"/>
     <w:rsid w:val="00991FA3"/>
     <w:rsid w:val="00993E87"/>
     <w:rsid w:val="009A7F09"/>
     <w:rsid w:val="009B52D6"/>
     <w:rsid w:val="009C149F"/>
     <w:rsid w:val="009C3728"/>
     <w:rsid w:val="009E0272"/>
     <w:rsid w:val="00A0462F"/>
     <w:rsid w:val="00A16F40"/>
     <w:rsid w:val="00A23DFB"/>
     <w:rsid w:val="00A246E6"/>
     <w:rsid w:val="00A247EA"/>
     <w:rsid w:val="00A26AF9"/>
     <w:rsid w:val="00A31C43"/>
     <w:rsid w:val="00A35155"/>
     <w:rsid w:val="00A36C2B"/>
     <w:rsid w:val="00A3719E"/>
     <w:rsid w:val="00A40C90"/>
     <w:rsid w:val="00A41D82"/>
     <w:rsid w:val="00A4477A"/>
     <w:rsid w:val="00A54E97"/>
@@ -5952,182 +6002,190 @@
     <w:rsid w:val="00A64D29"/>
     <w:rsid w:val="00A65025"/>
     <w:rsid w:val="00A8085F"/>
     <w:rsid w:val="00A85EE5"/>
     <w:rsid w:val="00A952BD"/>
     <w:rsid w:val="00A9571E"/>
     <w:rsid w:val="00A9609A"/>
     <w:rsid w:val="00AA0DB3"/>
     <w:rsid w:val="00AA1F78"/>
     <w:rsid w:val="00AA2038"/>
     <w:rsid w:val="00AA586A"/>
     <w:rsid w:val="00AB6642"/>
     <w:rsid w:val="00AD295C"/>
     <w:rsid w:val="00AD59CF"/>
     <w:rsid w:val="00AE7BBF"/>
     <w:rsid w:val="00AF0F00"/>
     <w:rsid w:val="00AF42C0"/>
     <w:rsid w:val="00B03289"/>
     <w:rsid w:val="00B1066F"/>
     <w:rsid w:val="00B16F0B"/>
     <w:rsid w:val="00B222F0"/>
     <w:rsid w:val="00B30D12"/>
     <w:rsid w:val="00B31013"/>
     <w:rsid w:val="00B36448"/>
     <w:rsid w:val="00B36E45"/>
+    <w:rsid w:val="00B44CF1"/>
     <w:rsid w:val="00B50C1C"/>
     <w:rsid w:val="00B5378D"/>
     <w:rsid w:val="00B8090C"/>
     <w:rsid w:val="00B83549"/>
     <w:rsid w:val="00B873AE"/>
     <w:rsid w:val="00B97767"/>
     <w:rsid w:val="00BA34BD"/>
     <w:rsid w:val="00BB34BB"/>
     <w:rsid w:val="00BB3609"/>
     <w:rsid w:val="00BC58C2"/>
     <w:rsid w:val="00BC75D1"/>
     <w:rsid w:val="00BD10A6"/>
     <w:rsid w:val="00BE1D21"/>
     <w:rsid w:val="00BE5BD6"/>
     <w:rsid w:val="00BF768B"/>
     <w:rsid w:val="00BF7A48"/>
     <w:rsid w:val="00BF7D5C"/>
     <w:rsid w:val="00C00909"/>
     <w:rsid w:val="00C05212"/>
     <w:rsid w:val="00C17434"/>
     <w:rsid w:val="00C251FB"/>
     <w:rsid w:val="00C26866"/>
     <w:rsid w:val="00C305D2"/>
     <w:rsid w:val="00C3599E"/>
     <w:rsid w:val="00C37497"/>
     <w:rsid w:val="00C41834"/>
     <w:rsid w:val="00C50EE2"/>
     <w:rsid w:val="00C619ED"/>
     <w:rsid w:val="00C621CD"/>
     <w:rsid w:val="00C74E9A"/>
+    <w:rsid w:val="00C80D5D"/>
     <w:rsid w:val="00C91964"/>
     <w:rsid w:val="00CA11DB"/>
     <w:rsid w:val="00CA1B35"/>
+    <w:rsid w:val="00CA79C9"/>
     <w:rsid w:val="00CB0A0F"/>
     <w:rsid w:val="00CB1E63"/>
     <w:rsid w:val="00CB3A35"/>
     <w:rsid w:val="00CD4FBD"/>
     <w:rsid w:val="00CD7E71"/>
     <w:rsid w:val="00CE0255"/>
     <w:rsid w:val="00CE67FD"/>
     <w:rsid w:val="00CF3DE9"/>
     <w:rsid w:val="00D01209"/>
     <w:rsid w:val="00D02492"/>
     <w:rsid w:val="00D06C72"/>
     <w:rsid w:val="00D1106E"/>
     <w:rsid w:val="00D11F60"/>
     <w:rsid w:val="00D12C7C"/>
     <w:rsid w:val="00D167BE"/>
     <w:rsid w:val="00D17304"/>
     <w:rsid w:val="00D1793A"/>
     <w:rsid w:val="00D21760"/>
     <w:rsid w:val="00D441D6"/>
+    <w:rsid w:val="00D46C52"/>
     <w:rsid w:val="00D52F67"/>
     <w:rsid w:val="00D563BB"/>
     <w:rsid w:val="00D63D73"/>
     <w:rsid w:val="00D65EB1"/>
     <w:rsid w:val="00D67F8D"/>
     <w:rsid w:val="00D725AC"/>
     <w:rsid w:val="00D77F24"/>
     <w:rsid w:val="00D82CA2"/>
     <w:rsid w:val="00D839DD"/>
     <w:rsid w:val="00D8490E"/>
     <w:rsid w:val="00D85A30"/>
     <w:rsid w:val="00D868D1"/>
     <w:rsid w:val="00D87A76"/>
     <w:rsid w:val="00D87C15"/>
+    <w:rsid w:val="00D90241"/>
     <w:rsid w:val="00D9546D"/>
     <w:rsid w:val="00D96286"/>
     <w:rsid w:val="00DA2512"/>
+    <w:rsid w:val="00DA67E3"/>
     <w:rsid w:val="00DB1C33"/>
     <w:rsid w:val="00DB2B62"/>
     <w:rsid w:val="00DB6222"/>
     <w:rsid w:val="00DB7A4E"/>
     <w:rsid w:val="00DC2D7E"/>
     <w:rsid w:val="00DC6DEA"/>
     <w:rsid w:val="00DD1B4D"/>
     <w:rsid w:val="00DE17B2"/>
     <w:rsid w:val="00DE444F"/>
     <w:rsid w:val="00DE4506"/>
     <w:rsid w:val="00DF6FE0"/>
     <w:rsid w:val="00E04538"/>
     <w:rsid w:val="00E17019"/>
     <w:rsid w:val="00E20E23"/>
     <w:rsid w:val="00E23FAB"/>
     <w:rsid w:val="00E25D3D"/>
     <w:rsid w:val="00E26E2F"/>
     <w:rsid w:val="00E279B0"/>
     <w:rsid w:val="00E32AF5"/>
     <w:rsid w:val="00E47392"/>
     <w:rsid w:val="00E52832"/>
     <w:rsid w:val="00E554B1"/>
     <w:rsid w:val="00E57983"/>
     <w:rsid w:val="00E600C8"/>
     <w:rsid w:val="00E62C1A"/>
     <w:rsid w:val="00E73118"/>
     <w:rsid w:val="00E842A5"/>
     <w:rsid w:val="00E853EC"/>
+    <w:rsid w:val="00E86922"/>
     <w:rsid w:val="00E934B4"/>
     <w:rsid w:val="00EA3BBF"/>
     <w:rsid w:val="00EA7CC5"/>
     <w:rsid w:val="00EA7F06"/>
     <w:rsid w:val="00EC01B9"/>
     <w:rsid w:val="00EC0282"/>
     <w:rsid w:val="00EC1ADE"/>
     <w:rsid w:val="00EC701B"/>
     <w:rsid w:val="00ED4EF6"/>
     <w:rsid w:val="00ED5ED1"/>
     <w:rsid w:val="00EE0D52"/>
     <w:rsid w:val="00EE225F"/>
     <w:rsid w:val="00EF419E"/>
     <w:rsid w:val="00EF6380"/>
     <w:rsid w:val="00F10CCD"/>
     <w:rsid w:val="00F27542"/>
     <w:rsid w:val="00F30689"/>
     <w:rsid w:val="00F3259B"/>
     <w:rsid w:val="00F32701"/>
     <w:rsid w:val="00F32D85"/>
     <w:rsid w:val="00F33785"/>
     <w:rsid w:val="00F41530"/>
     <w:rsid w:val="00F445C8"/>
     <w:rsid w:val="00F513F6"/>
     <w:rsid w:val="00F5308E"/>
     <w:rsid w:val="00F65A99"/>
     <w:rsid w:val="00F73446"/>
     <w:rsid w:val="00F75B41"/>
     <w:rsid w:val="00F84FFE"/>
     <w:rsid w:val="00F9254B"/>
     <w:rsid w:val="00F94BE9"/>
     <w:rsid w:val="00FA1DAA"/>
     <w:rsid w:val="00FA7477"/>
     <w:rsid w:val="00FB2C4B"/>
     <w:rsid w:val="00FB31EB"/>
+    <w:rsid w:val="00FB5673"/>
     <w:rsid w:val="00FC175B"/>
     <w:rsid w:val="00FC1801"/>
     <w:rsid w:val="00FC30A3"/>
     <w:rsid w:val="00FD345D"/>
     <w:rsid w:val="00FE76EC"/>
     <w:rsid w:val="00FF08B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -7132,78 +7190,99 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004D78BDD203BBE64D8672C21394B694E9" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="af0b5018b0ef86f8b1b91facf451eec0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d56dc465-bf3a-412a-82e7-fda096056301" xmlns:ns3="b1c5d7c9-1c7c-470a-9123-fe7a1bafd6e3" xmlns:ns4="75304046-ffad-4f70-9f4b-bbc776f1b690" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe42719608adef8f2a767f5ee5620cf1" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="75304046-ffad-4f70-9f4b-bbc776f1b690" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d56dc465-bf3a-412a-82e7-fda096056301">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004D78BDD203BBE64D8672C21394B694E9" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8e497a092e50057afe732a760980d650">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d56dc465-bf3a-412a-82e7-fda096056301" xmlns:ns3="b1c5d7c9-1c7c-470a-9123-fe7a1bafd6e3" xmlns:ns4="75304046-ffad-4f70-9f4b-bbc776f1b690" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7efdf482dd256b246ce4abf22c51c892" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="d56dc465-bf3a-412a-82e7-fda096056301"/>
     <xsd:import namespace="b1c5d7c9-1c7c-470a-9123-fe7a1bafd6e3"/>
     <xsd:import namespace="75304046-ffad-4f70-9f4b-bbc776f1b690"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d56dc465-bf3a-412a-82e7-fda096056301" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7242,50 +7321,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a06bf4c4-4eb2-40f1-bc0e-6b8189d6fc30" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b1c5d7c9-1c7c-470a-9123-fe7a1bafd6e3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -7391,152 +7475,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7FE4864-96AA-489D-973C-49E7483F0E83}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="75304046-ffad-4f70-9f4b-bbc776f1b690"/>
+    <ds:schemaRef ds:uri="d56dc465-bf3a-412a-82e7-fda096056301"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07790C5F-0271-4985-9226-B300BD1AA0C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{751D2B47-DB01-4592-BEFD-B23906784BA9}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFAC21FB-EFA1-4BF6-BA4D-75F19FC80A88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d56dc465-bf3a-412a-82e7-fda096056301"/>
     <ds:schemaRef ds:uri="b1c5d7c9-1c7c-470a-9123-fe7a1bafd6e3"/>
     <ds:schemaRef ds:uri="75304046-ffad-4f70-9f4b-bbc776f1b690"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B4B9CEE-DC83-4907-A9BD-CB3A8CF85073}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>985</Words>
-  <Characters>5615</Characters>
+  <Words>1033</Words>
+  <Characters>5644</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>297</Lines>
+  <Paragraphs>151</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Locality Budget Application Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Sue Morgan</Manager>
   <Company>Suffolk County Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6587</CharactersWithSpaces>
+  <CharactersWithSpaces>6526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>3211325</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.midsuffolk.gov.uk/the-council/your-right-to-information/privacy-policy/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929867</vt:i4>
       </vt:variant>
       <vt:variant>